--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9de06a9a2ff4446" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c94b11d2584403c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref03c6a64c684f23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28625f2985524414"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd17d1a616284fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref03c6a64c684f23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R200b7c863e3d4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28625f2985524414" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanz, Dividenden u. Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>190,031</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,428</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...84 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,136</x:t>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>