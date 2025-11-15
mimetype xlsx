--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c94b11d2584403c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c46139e633b419f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28625f2985524414"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0686b152ae524af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R200b7c863e3d4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28625f2985524414" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dad65e810c04e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0686b152ae524af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanz, Dividenden u. Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>