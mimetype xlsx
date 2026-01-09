--- v2 (2025-11-15)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c46139e633b419f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe406759167e4b13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0686b152ae524af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3618dbf00f7c45bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dad65e810c04e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0686b152ae524af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe7d996fe78d435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3618dbf00f7c45bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanz, Dividenden u. Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>187,815</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>