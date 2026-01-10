--- v3 (2026-01-09)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe406759167e4b13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf11c307db14a4c6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3618dbf00f7c45bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02e83edcc3fe408e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe7d996fe78d435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3618dbf00f7c45bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3258be7e4c76490e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02e83edcc3fe408e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanz, Dividenden u. Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>