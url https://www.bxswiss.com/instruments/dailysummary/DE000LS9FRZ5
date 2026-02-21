--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf11c307db14a4c6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed196056fe74418" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02e83edcc3fe408e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ed7ae17ffe140d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3258be7e4c76490e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02e83edcc3fe408e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd641e87bc9514898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ed7ae17ffe140d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanz, Dividenden u. Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>194,907</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>