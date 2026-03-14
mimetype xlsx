--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed196056fe74418" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15e165b365dc41a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ed7ae17ffe140d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e4e9ec8f15d49a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd641e87bc9514898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ed7ae17ffe140d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd36f59bf38a34871" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e4e9ec8f15d49a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanz, Dividenden u. Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>189,000</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...235 lines deleted...]
-          <x:t>189,321</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>