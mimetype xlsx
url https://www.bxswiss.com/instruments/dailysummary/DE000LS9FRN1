--- v0 (2026-01-07)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9684674fb9bc4992" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d3caef68bf404a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra41cc809d1a24ef7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac347583458e4646"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca7d629c78d34fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra41cc809d1a24ef7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf130adb070764b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac347583458e4646" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>125,847</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>