--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d3caef68bf404a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d73229f09c1478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac347583458e4646"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4616165ff104236"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf130adb070764b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac347583458e4646" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc547d34953fe4fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4616165ff104236" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>121,537</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...521 lines deleted...]
-          <x:t>120,051</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,632</x:t>
-[...58 lines deleted...]
-          <x:t>121,975</x:t>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>