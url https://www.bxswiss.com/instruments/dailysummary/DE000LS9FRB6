--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd62ad5000bfe455d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e44ba2ba1a84fb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R800f7a2778e7410a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f52c8616cdf496f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e3b580c606c449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R800f7a2778e7410a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04337ba1a81c4757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f52c8616cdf496f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investitionen vor dem Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>206,048</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>205,870</x:t>
-[...70 lines deleted...]
-          <x:t>207,075</x:t>
+          <x:t>204,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>207,054</x:t>
-[...458 lines deleted...]
-          <x:t>211,297</x:t>
+          <x:t>203,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>