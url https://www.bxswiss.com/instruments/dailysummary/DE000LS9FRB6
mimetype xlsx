--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e44ba2ba1a84fb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7189d3c3eb2b484e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f52c8616cdf496f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5c44a5eebf4465b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04337ba1a81c4757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f52c8616cdf496f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0cdb3c427604175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5c44a5eebf4465b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investitionen vor dem Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>217,091</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>