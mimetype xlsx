--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7189d3c3eb2b484e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R949ed05949bc4647" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5c44a5eebf4465b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aa2adcae3084be1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0cdb3c427604175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5c44a5eebf4465b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb38d80449eb64465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aa2adcae3084be1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investitionen vor dem Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FRB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>228,975</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>