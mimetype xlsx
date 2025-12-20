--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9360dc80e5244e93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80af3273235b4f53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R690973edf32b4abb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88d04e27add14310"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6bce57486094a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R690973edf32b4abb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb8a295f365040b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88d04e27add14310" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology Outperformance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.052,297</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>993,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.017,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>984,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>992,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.028,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.028,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.022,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>994,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.022,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>