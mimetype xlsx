--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80af3273235b4f53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb4ffddc8344354" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88d04e27add14310"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R507df61f5ad143c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb8a295f365040b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88d04e27add14310" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R885d1c51879d4659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R507df61f5ad143c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology Outperformance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.048,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.049,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.039,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.045,043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.011,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.023,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.008,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.022,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.025,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.028,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.025,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>