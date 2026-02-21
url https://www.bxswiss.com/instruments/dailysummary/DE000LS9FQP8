--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb4ffddc8344354" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba066282883248e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R507df61f5ad143c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4340666e57ca4185"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R885d1c51879d4659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R507df61f5ad143c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3052422493f349e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4340666e57ca4185" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology Outperformance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.054,088</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.025,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.025,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.022,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.028,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.051,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.017,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>980,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>983,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>970,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>974,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>976,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>971,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>973,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>990,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>980,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>949,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>949,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>949,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>959,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>