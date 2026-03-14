--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba066282883248e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6150c2383d442b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4340666e57ca4185"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd0296d7d1824405"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3052422493f349e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4340666e57ca4185" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77b7001a23a24dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd0296d7d1824405" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology Outperformance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>975,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>976,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>971,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>973,059</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>961,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>967,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>954,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>965,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>949,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>970,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>950,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>976,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>947,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>929,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>929,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>949,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>951,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>951,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>947,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>