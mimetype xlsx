--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1057e5b765e4884" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57489a66518a4635" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba82e95647684885"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra51208dce63a499e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9dffd2a10924763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba82e95647684885" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94f3b34579234bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra51208dce63a499e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TI 15-Global-Titans +</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>387,366</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>