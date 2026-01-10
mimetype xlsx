--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57489a66518a4635" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re05dc43f3a6d4ffb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra51208dce63a499e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R473f1cfe9f2d4eda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94f3b34579234bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra51208dce63a499e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R887bfd7f104b49c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R473f1cfe9f2d4eda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TI 15-Global-Titans +</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>403,237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>