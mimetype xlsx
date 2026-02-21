--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re05dc43f3a6d4ffb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R761ac098e6134bb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R473f1cfe9f2d4eda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1b4d38e3ffb4cc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R887bfd7f104b49c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R473f1cfe9f2d4eda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R590b745e7ba84833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1b4d38e3ffb4cc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TI 15-Global-Titans +</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>409,751</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>