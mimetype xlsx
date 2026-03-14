--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R761ac098e6134bb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9afbb6b69564fe0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1b4d38e3ffb4cc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dd3aaa733af4434"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R590b745e7ba84833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1b4d38e3ffb4cc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80c6bff1e3f14add" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dd3aaa733af4434" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TI 15-Global-Titans +</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>377,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>