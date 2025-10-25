--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f860bbdde943c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra68385846f3c4873" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce4ccd3bde924b87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b22c6c27bc24d90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29acd2e44d4c4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce4ccd3bde924b87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48c27887695148fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b22c6c27bc24d90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>508,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>512,991</x:t>
-[...279 lines deleted...]
-          <x:t>513,588</x:t>
+          <x:t>512,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>