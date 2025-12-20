--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra68385846f3c4873" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re14086c83b53474b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b22c6c27bc24d90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R982a1f0d0df941b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48c27887695148fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b22c6c27bc24d90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e294d3d7f81491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R982a1f0d0df941b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>528,417</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>