--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re14086c83b53474b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8133dc0689e4dde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R982a1f0d0df941b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94a8685bc3c84296"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e294d3d7f81491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R982a1f0d0df941b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdd49d518de44485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94a8685bc3c84296" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>547,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>547,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>541,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>544,140</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>534,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>537,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>532,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>536,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>