--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8133dc0689e4dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb5f6ff1185a4e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94a8685bc3c84296"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28506a5300b84ed0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdd49d518de44485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94a8685bc3c84296" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb28d3d994ee844dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28506a5300b84ed0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>552,627</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>