--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb5f6ff1185a4e3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33301a3811f4a07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28506a5300b84ed0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R327910da42134b32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb28d3d994ee844dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28506a5300b84ed0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda7b509d58a3434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R327910da42134b32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>519,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>519,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>512,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>516,462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>509,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>513,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>512,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>