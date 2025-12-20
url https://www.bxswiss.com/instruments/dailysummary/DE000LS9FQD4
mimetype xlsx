--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3ee7eaf95654eee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb570c25b891d455f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffc68a5f47e04655"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf1d7bccaade406f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b49249e1c9d4268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffc68a5f47e04655" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50b164ec3fe14d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf1d7bccaade406f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>242,438</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>