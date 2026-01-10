--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb570c25b891d455f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce266bc813d470b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf1d7bccaade406f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15cdffc803994f21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50b164ec3fe14d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf1d7bccaade406f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R184f6a1c10d84091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15cdffc803994f21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,409</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>