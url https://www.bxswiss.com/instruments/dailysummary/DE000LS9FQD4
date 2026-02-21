--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce266bc813d470b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc046a76f6f324f7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15cdffc803994f21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861767e15bcd4bca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R184f6a1c10d84091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15cdffc803994f21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a4fc40f80bf4139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861767e15bcd4bca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>247,570</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>