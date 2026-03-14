--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc046a76f6f324f7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb542dcd2b2d34a30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861767e15bcd4bca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ec7b94cbdbe446e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a4fc40f80bf4139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861767e15bcd4bca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e1e4b0a1ea94a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ec7b94cbdbe446e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FQD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>