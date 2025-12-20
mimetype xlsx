--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4879b78a48d04969" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re45ace6d37354ea3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e319cda457343f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3ed675977f74bef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75a69c852dfa44ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e319cda457343f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30b93ec969944cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3ed675977f74bef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Investment Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FPX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...635 lines deleted...]
-          <x:t>88,031</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>