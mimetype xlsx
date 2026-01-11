--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re45ace6d37354ea3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9419a3f402414301" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3ed675977f74bef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4297e0a2fe1e43a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30b93ec969944cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3ed675977f74bef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b0f666126f4ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4297e0a2fe1e43a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Investment Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FPX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>