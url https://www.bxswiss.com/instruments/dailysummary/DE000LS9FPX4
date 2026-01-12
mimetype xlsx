--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9419a3f402414301" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb671baf9efcc470e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4297e0a2fe1e43a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda9b50e96ed843c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b0f666126f4ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4297e0a2fe1e43a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R714b93cb25c04a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda9b50e96ed843c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Investment Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FPX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>