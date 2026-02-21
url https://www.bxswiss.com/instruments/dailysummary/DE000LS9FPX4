--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb671baf9efcc470e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb59fb11c1631433c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda9b50e96ed843c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d53bc31d7f041de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R714b93cb25c04a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda9b50e96ed843c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31a0380b1b1d43ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d53bc31d7f041de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Investment Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FPX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>92,123</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>