--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb59fb11c1631433c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra184dfcc2d6049c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d53bc31d7f041de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9efe0344acd4429b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31a0380b1b1d43ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d53bc31d7f041de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e140fa7f0d14188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9efe0344acd4429b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Investment Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FPX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,416</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>