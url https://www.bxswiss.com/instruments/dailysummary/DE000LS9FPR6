--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc198714ab9814138" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ce0fd5fb8a24763" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cdf0748909b438c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58de809449bc42e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a20a8ff787044dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cdf0748909b438c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ea338e6e47d4477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58de809449bc42e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Absolute Return Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FPR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>262,131</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>