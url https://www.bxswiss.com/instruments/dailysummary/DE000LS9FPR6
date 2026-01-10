--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ce0fd5fb8a24763" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc94c10a791a54729" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58de809449bc42e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8bda61d1f6647cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ea338e6e47d4477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58de809449bc42e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44cdedce4f1248a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8bda61d1f6647cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Absolute Return Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FPR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,030</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>