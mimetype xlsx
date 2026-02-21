--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc94c10a791a54729" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5040357765c4af3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8bda61d1f6647cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5e3a44651ac4c9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44cdedce4f1248a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8bda61d1f6647cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1560d9176434315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5e3a44651ac4c9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Absolute Return Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FPR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>257,234</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>