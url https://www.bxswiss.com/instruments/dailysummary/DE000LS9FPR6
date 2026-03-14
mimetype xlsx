--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5040357765c4af3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f075daf3dcc4126" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5e3a44651ac4c9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a7eca79fe4440c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1560d9176434315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5e3a44651ac4c9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7c73ef4aae34651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a7eca79fe4440c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Absolute Return Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FPR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>