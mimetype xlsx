--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R477c447cf6fa4fc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R203ac4310faf4e1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R638c0928eeb6446e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c106cb95d8542ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7675128ae16d4dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R638c0928eeb6446e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eb21efd70d04900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c106cb95d8542ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Sicherheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,417</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>