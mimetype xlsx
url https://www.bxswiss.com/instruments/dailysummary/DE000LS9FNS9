--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R203ac4310faf4e1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43e8711cf83a4c39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c106cb95d8542ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0549c5268b754050"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eb21efd70d04900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c106cb95d8542ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96a56cc38fe040a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0549c5268b754050" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Sicherheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>267,701</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>