--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43e8711cf83a4c39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f4bf3d9e3c54d55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0549c5268b754050"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb687dd606c9e44c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96a56cc38fe040a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0549c5268b754050" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd73e47559c47c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb687dd606c9e44c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Sicherheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>271,658</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>