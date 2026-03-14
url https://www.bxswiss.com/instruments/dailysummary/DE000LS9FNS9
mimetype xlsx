--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f4bf3d9e3c54d55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2375dc28e8594466" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb687dd606c9e44c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea82a78f14e24407"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd73e47559c47c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb687dd606c9e44c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dfabd31a77a422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea82a78f14e24407" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Sicherheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>