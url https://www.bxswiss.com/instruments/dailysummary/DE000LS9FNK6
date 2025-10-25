--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b9da4c6ffe4611" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c29c0ac8c5b4241" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bfa5ca762494995"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R678e4b1a6fba4a58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e7e10c59b34d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bfa5ca762494995" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75c9a62839d1491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R678e4b1a6fba4a58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MGo Global Investment Chances</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>148,441</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,523</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>149,103</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>