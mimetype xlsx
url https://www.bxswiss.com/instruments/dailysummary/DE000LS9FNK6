--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c29c0ac8c5b4241" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3a53380846d490f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R678e4b1a6fba4a58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6229c76e3d6e4791"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75c9a62839d1491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R678e4b1a6fba4a58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf40b7e6826a94c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6229c76e3d6e4791" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MGo Global Investment Chances</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>148,408</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,448</x:t>
-[...593 lines deleted...]
-          <x:t>148,482</x:t>
+          <x:t>146,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>