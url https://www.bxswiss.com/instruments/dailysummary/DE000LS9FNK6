--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3a53380846d490f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4d53f6129b417f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6229c76e3d6e4791"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbec62bc6bfd64d7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf40b7e6826a94c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6229c76e3d6e4791" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8fa01d5dd294464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbec62bc6bfd64d7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MGo Global Investment Chances</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>