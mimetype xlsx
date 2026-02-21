--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4d53f6129b417f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R788ef103b0944fd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbec62bc6bfd64d7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d38e66d010649de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8fa01d5dd294464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbec62bc6bfd64d7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9c9777af36f4214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d38e66d010649de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MGo Global Investment Chances</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>148,274</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,119</x:t>
-[...85 lines deleted...]
-          <x:t>151,210</x:t>
+          <x:t>150,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>