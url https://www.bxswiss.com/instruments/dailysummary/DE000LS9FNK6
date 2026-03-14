--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R788ef103b0944fd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb667d03d2d8448ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d38e66d010649de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R129e296fb0264e1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9c9777af36f4214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d38e66d010649de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R836b7764fe9e48f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R129e296fb0264e1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MGo Global Investment Chances</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>