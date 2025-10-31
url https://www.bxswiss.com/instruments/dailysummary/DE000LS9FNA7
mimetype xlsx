--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re00c84a132664728" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b99367e6bde419a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd143ac20aa654320"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree880ea4a7694f1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f95bece0a794379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd143ac20aa654320" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcf76a247d894243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree880ea4a7694f1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blaesing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>