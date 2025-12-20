--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b99367e6bde419a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d65475d3823405f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree880ea4a7694f1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4faa01d696344533"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcf76a247d894243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree880ea4a7694f1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e162045a518409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4faa01d696344533" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blaesing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>128,573</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,542</x:t>
-[...247 lines deleted...]
-          <x:t>134,189</x:t>
+          <x:t>131,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>