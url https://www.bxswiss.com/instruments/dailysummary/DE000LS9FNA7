--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d65475d3823405f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae37a2e60f840c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4faa01d696344533"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cab4fdef0cc4d03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e162045a518409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4faa01d696344533" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refd8925b91284eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cab4fdef0cc4d03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blaesing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,835</x:t>
-[...252 lines deleted...]
-          <x:t>133,486</x:t>
+          <x:t>136,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>