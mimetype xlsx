--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae37a2e60f840c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ff0ee151a0248f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cab4fdef0cc4d03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88f153f27c07443d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refd8925b91284eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cab4fdef0cc4d03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R613bf73445ec4944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88f153f27c07443d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blaesing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>138,439</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>