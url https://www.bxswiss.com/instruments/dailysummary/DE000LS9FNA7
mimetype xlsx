--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ff0ee151a0248f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R550e90d681ac44ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88f153f27c07443d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb911d07ead2941c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R613bf73445ec4944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88f153f27c07443d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8727b5a734e482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb911d07ead2941c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blaesing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FNA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,707</x:t>
-[...414 lines deleted...]
-          <x:t>136,050</x:t>
+          <x:t>135,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>