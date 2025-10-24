--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fe451b3bef64266" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9db170b303be48dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref6aea52375d46cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1bb8801cafd415e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad56d8d0e9e14539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref6aea52375d46cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80e387f3a5c242f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1bb8801cafd415e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,008</x:t>
-[...85 lines deleted...]
-          <x:t>115,218</x:t>
+          <x:t>115,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,401</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>116,014</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>