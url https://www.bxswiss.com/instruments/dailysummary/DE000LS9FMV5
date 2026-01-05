--- v1 (2025-10-24)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9db170b303be48dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re239c72577974ca5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1bb8801cafd415e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0932513b69c54612"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80e387f3a5c242f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1bb8801cafd415e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radb4948e26bd4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0932513b69c54612" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>112,609</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>