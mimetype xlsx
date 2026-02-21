--- v2 (2026-01-05)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re239c72577974ca5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bf6f999053a41d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0932513b69c54612"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fb897df627a463a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radb4948e26bd4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0932513b69c54612" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc0f955ff9fa402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fb897df627a463a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>113,512</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>