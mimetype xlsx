--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc7f237fb9b74d57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R062397c5667f40a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fe34880c76a465f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c70a3f9eb004de7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ad1e33be2946d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fe34880c76a465f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad4364ebbf8143cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c70a3f9eb004de7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Total Return Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>