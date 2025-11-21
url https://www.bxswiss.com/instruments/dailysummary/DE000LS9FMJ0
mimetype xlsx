--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R062397c5667f40a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aa1ca42d68e45cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c70a3f9eb004de7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb2f16a2afcc4ddf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad4364ebbf8143cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c70a3f9eb004de7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bf1cf9554164f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb2f16a2afcc4ddf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Total Return Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,991</x:t>
-[...408 lines deleted...]
-        <x:is>
           <x:t>153,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,487</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,533</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>