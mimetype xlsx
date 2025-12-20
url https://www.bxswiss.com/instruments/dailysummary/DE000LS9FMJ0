--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aa1ca42d68e45cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R112aa3b615d84d11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb2f16a2afcc4ddf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c2e662197c4411"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bf1cf9554164f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb2f16a2afcc4ddf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd7a6f43be284248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c2e662197c4411" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Total Return Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>