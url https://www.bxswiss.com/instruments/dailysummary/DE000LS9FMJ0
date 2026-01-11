--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R112aa3b615d84d11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R296517e6bfd94ef4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c2e662197c4411"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58a13d78636b4882"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd7a6f43be284248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c2e662197c4411" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6357c9493154c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58a13d78636b4882" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Total Return Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>142,463</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>