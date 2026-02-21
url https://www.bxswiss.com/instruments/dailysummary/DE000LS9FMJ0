--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R296517e6bfd94ef4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R173d26a196be4f5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58a13d78636b4882"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f229d606fd74b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6357c9493154c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58a13d78636b4882" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8b78632e2d84a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f229d606fd74b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Total Return Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>144,660</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>