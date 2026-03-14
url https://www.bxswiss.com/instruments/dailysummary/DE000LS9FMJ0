--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R173d26a196be4f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dd0e05129bd43e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f229d606fd74b78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra42be99b1b264b6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8b78632e2d84a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f229d606fd74b78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ed29e4c61c54ac9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra42be99b1b264b6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Total Return Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,349</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>