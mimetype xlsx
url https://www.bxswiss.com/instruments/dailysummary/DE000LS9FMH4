--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625486f5767340a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15256e3e0dc04c09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f428f2de110452b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7f2060009f64e93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R980fb56088434b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f428f2de110452b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e114ba4ddce4c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7f2060009f64e93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Global TopSelect Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>102,789</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>