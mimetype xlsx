--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15256e3e0dc04c09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf4b2325b44f4ff7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7f2060009f64e93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re86a1dcee9344075"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e114ba4ddce4c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7f2060009f64e93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd04b637bff9d4f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re86a1dcee9344075" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Global TopSelect Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>