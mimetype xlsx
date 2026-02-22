--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf4b2325b44f4ff7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e137fb957f4851" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re86a1dcee9344075"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f4f2651c3e04dc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd04b637bff9d4f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re86a1dcee9344075" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1941ba550c7f48ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f4f2651c3e04dc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Global TopSelect Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>110,243</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,073</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>113,562</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>