--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e137fb957f4851" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf716115a83b24685" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f4f2651c3e04dc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8268e1342cad46a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1941ba550c7f48ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f4f2651c3e04dc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65092114128c4898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8268e1342cad46a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>C&amp;V Global TopSelect Dynamic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>113,368</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,654</x:t>
-[...571 lines deleted...]
-          <x:t>113,385</x:t>
+          <x:t>113,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>