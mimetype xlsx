--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re81907d0acbd4136" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c864d22531455a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb144969a94734638"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51bdd06dfbb24315"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R043144fabca64037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb144969a94734638" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4085339f86954bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51bdd06dfbb24315" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Flyer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>