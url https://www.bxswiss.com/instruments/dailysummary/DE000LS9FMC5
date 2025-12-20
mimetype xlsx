--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c864d22531455a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d22a0eca24d495e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51bdd06dfbb24315"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9567934d01e4484d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4085339f86954bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51bdd06dfbb24315" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3d7a74dea53482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9567934d01e4484d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Flyer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>321,580</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>