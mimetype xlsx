--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d22a0eca24d495e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfb4318080164358" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9567934d01e4484d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bbd238116004d4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3d7a74dea53482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9567934d01e4484d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fce456b54004ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bbd238116004d4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Flyer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>