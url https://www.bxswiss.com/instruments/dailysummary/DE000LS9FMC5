--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfb4318080164358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcb21aee66ec4110" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bbd238116004d4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf53c18101b94c20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fce456b54004ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bbd238116004d4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae112d7b0a794fea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf53c18101b94c20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Flyer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,140</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>