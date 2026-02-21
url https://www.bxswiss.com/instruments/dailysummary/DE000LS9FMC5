--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcb21aee66ec4110" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R243684122d26475e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf53c18101b94c20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60ed9fa73f814a4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae112d7b0a794fea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf53c18101b94c20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1e7ac610a6048fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60ed9fa73f814a4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Flyer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>307,256</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>