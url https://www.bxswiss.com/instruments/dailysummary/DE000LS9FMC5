--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R243684122d26475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24ec948974944cd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60ed9fa73f814a4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05d261c54c9f4e03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1e7ac610a6048fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60ed9fa73f814a4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c07745d7c0407b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05d261c54c9f4e03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Flyer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FMC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,844</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>