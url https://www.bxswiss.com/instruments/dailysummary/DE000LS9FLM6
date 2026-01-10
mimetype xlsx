--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76a78bccab4a4ec7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb33197aa716b4113" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aa6181e4cb44d13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R387eeff8b33d4340"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94ac4ffc017e483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aa6181e4cb44d13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac3e9af90e994fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R387eeff8b33d4340" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Largest Consumer Companys</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FLM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>