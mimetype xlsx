--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb33197aa716b4113" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b7ef51254c34f62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R387eeff8b33d4340"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R538011d1e09c401a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac3e9af90e994fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R387eeff8b33d4340" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5d0e3babfcb4737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R538011d1e09c401a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Largest Consumer Companys</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FLM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>140,119</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,426</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>139,889</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>