--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R590543a7432e4ad6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb18c9215a37047b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8922383df284b9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf260339f3bf540f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5599e0a359af456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8922383df284b9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9814a02589d4901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf260339f3bf540f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solar &amp; Windkraft nach Ichimoku</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FLL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>143,080</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,887</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>143,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,412</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,375</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>