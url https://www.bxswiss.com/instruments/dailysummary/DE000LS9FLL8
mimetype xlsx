--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb18c9215a37047b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43d57fc5d2974802" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf260339f3bf540f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb839b8620dd44a6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9814a02589d4901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf260339f3bf540f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd80c89e160b04dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb839b8620dd44a6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solar &amp; Windkraft nach Ichimoku</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FLL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,461</x:t>
-[...188 lines deleted...]
-          <x:t>143,522</x:t>
+          <x:t>143,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,207</x:t>
-[...156 lines deleted...]
-          <x:t>142,629</x:t>
+          <x:t>143,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,783</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>141,804</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>