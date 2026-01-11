--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43d57fc5d2974802" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5edc64155e9460f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb839b8620dd44a6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5acda7f656f4de9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd80c89e160b04dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb839b8620dd44a6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7600c191254b4b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5acda7f656f4de9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solar &amp; Windkraft nach Ichimoku</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FLL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>