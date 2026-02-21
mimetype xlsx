--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5edc64155e9460f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R126327c581334217" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5acda7f656f4de9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75c48b4d4e1743bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7600c191254b4b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5acda7f656f4de9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd3aca6c445d4c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75c48b4d4e1743bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solar &amp; Windkraft nach Ichimoku</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FLL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>142,615</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>