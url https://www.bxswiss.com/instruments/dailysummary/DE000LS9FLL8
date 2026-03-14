--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R126327c581334217" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe52ac0a17484aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75c48b4d4e1743bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae27b479a01c4382"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd3aca6c445d4c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75c48b4d4e1743bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7ae35b7916a413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae27b479a01c4382" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solar &amp; Windkraft nach Ichimoku</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FLL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,958</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>