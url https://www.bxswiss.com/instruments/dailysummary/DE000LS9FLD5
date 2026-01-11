--- v0 (2025-11-14)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b0ff616892494f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7df9207c0ce4e90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf81a32734dfb43c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d48bc942508413e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R777d475c1fb04c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf81a32734dfb43c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5de6fca4ba546f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d48bc942508413e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TPHealth_and_Hightech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FLD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>152,203</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>