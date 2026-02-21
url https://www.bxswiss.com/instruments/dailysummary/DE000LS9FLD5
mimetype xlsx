--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7df9207c0ce4e90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb59f7399ab56450d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d48bc942508413e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R929fa49ecc844195"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5de6fca4ba546f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d48bc942508413e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce300c54586d4133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R929fa49ecc844195" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TPHealth_and_Hightech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FLD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>151,573</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>