--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb59f7399ab56450d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b733893be9d4ea5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R929fa49ecc844195"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20dfc7ee73a14f05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce300c54586d4133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R929fa49ecc844195" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9cd513a7a1f4ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20dfc7ee73a14f05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TPHealth_and_Hightech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FLD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>