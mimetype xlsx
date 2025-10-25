--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c53c5a904824be0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93c59af5e0e44d80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R682dbf2c8c544258"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8956f656c804249"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6cea66126344720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R682dbf2c8c544258" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R853db230c97c4ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8956f656c804249" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschl. Analysten-Empfehlungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FKS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>157,152</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,556</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>156,959</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,149</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>