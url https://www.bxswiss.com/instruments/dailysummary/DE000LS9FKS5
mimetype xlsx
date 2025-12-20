--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93c59af5e0e44d80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e9ce213acdc4889" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8956f656c804249"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1265fe27ae704b28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R853db230c97c4ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8956f656c804249" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d4e1622c9f242c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1265fe27ae704b28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschl. Analysten-Empfehlungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FKS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>155,742</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>