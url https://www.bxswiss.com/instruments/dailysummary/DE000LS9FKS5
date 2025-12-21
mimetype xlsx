--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e9ce213acdc4889" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdcf28e3bd844a9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1265fe27ae704b28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b269a91e1064697"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d4e1622c9f242c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1265fe27ae704b28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79071f0c1f614e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b269a91e1064697" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschl. Analysten-Empfehlungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FKS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,554</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>