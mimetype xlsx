--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdcf28e3bd844a9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48bd817fc4214995" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b269a91e1064697"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1687d599af04b47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79071f0c1f614e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b269a91e1064697" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R745607c9bf9c4a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1687d599af04b47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschl. Analysten-Empfehlungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FKS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>