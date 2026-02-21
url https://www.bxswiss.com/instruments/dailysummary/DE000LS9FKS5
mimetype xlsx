--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48bd817fc4214995" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R582bdbf0e04d42e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1687d599af04b47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07adb9546a83430f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R745607c9bf9c4a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1687d599af04b47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R976df9def38e4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07adb9546a83430f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschl. Analysten-Empfehlungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FKS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>163,376</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,188</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>167,029</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>