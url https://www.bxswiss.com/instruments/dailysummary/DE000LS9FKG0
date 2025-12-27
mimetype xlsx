--- v0 (2025-10-04)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ee3db38c7d84c28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra24f2ea7370a4848" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R663d1b12f7ce4757"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R274ba8ba1a874cd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c368721e2424c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R663d1b12f7ce4757" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8f6d82e014b4ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R274ba8ba1a874cd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonome Mobilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FKG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>157,572</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>