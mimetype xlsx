--- v1 (2025-12-27)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra24f2ea7370a4848" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd80cf90806d04c49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R274ba8ba1a874cd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeb9f3558bfd4fc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8f6d82e014b4ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R274ba8ba1a874cd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1d109ee3edf4cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeb9f3558bfd4fc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonome Mobilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FKG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>