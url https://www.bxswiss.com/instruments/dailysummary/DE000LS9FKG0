--- v2 (2026-01-16)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd80cf90806d04c49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R129e66bebad04844" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeb9f3558bfd4fc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aef4f4bf1094325"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1d109ee3edf4cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeb9f3558bfd4fc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb87660cdee384e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aef4f4bf1094325" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonome Mobilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FKG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>165,321</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.01.2026</x:t>
-[...73 lines deleted...]
-          <x:t>165,597</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>