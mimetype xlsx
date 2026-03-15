--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R129e66bebad04844" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336fed6127cd4630" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aef4f4bf1094325"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c9e68f053574efe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb87660cdee384e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aef4f4bf1094325" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f356acc8db24d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c9e68f053574efe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autonome Mobilität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FKG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>