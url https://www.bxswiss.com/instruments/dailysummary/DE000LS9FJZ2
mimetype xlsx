--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac6b2c3639684beb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77126b5e97d64840" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8d1b5122efb479d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R179ccffe4d874d68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R953cb9a0817b4ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8d1b5122efb479d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R201802acbd544f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R179ccffe4d874d68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>420,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>429,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>429,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>