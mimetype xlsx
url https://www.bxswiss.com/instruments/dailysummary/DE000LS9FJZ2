--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77126b5e97d64840" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2160e415a404074" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R179ccffe4d874d68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbfd330297f74891"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R201802acbd544f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R179ccffe4d874d68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R701c3e69e39e4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbfd330297f74891" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>400,301</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>