--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2160e415a404074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R813b919330c24dad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbfd330297f74891"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ca1c71d04f740e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R701c3e69e39e4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbfd330297f74891" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1763b2fd7fae4029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ca1c71d04f740e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>401,603</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>398,446</x:t>
-[...269 lines deleted...]
-          <x:t>406,210</x:t>
+          <x:t>399,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>