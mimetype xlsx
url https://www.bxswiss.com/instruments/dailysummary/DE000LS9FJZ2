--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R813b919330c24dad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1852d74bf3bf4ed4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ca1c71d04f740e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc96211a43e21450c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1763b2fd7fae4029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ca1c71d04f740e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79cdbdead8cf415f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc96211a43e21450c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>443,169</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,478</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>