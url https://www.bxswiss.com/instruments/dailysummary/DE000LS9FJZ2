--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1852d74bf3bf4ed4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952d91afa24046f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc96211a43e21450c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R133f6248eead4788"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79cdbdead8cf415f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc96211a43e21450c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7301bd017b4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R133f6248eead4788" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>429,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>