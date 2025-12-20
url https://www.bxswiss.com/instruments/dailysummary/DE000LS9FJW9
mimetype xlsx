--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c1d056bfef44d8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5617694b61aa4754" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf01d57ade43b4079"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5637925367ff462d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec745a9f4a264c6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf01d57ade43b4079" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c731c5b4f244285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5637925367ff462d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cptrading QUALITY SHARES</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,526</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>166,429</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>