--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5617694b61aa4754" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0259603f46624933" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5637925367ff462d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc61450152e744bfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c731c5b4f244285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5637925367ff462d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radabb1feb7e841d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc61450152e744bfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cptrading QUALITY SHARES</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>166,839</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>