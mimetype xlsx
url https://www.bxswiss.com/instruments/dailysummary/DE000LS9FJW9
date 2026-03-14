--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0259603f46624933" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf11417ce31d249dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc61450152e744bfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4e6a7ee74b7457f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radabb1feb7e841d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc61450152e744bfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9a44ae9077f4807" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4e6a7ee74b7457f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cptrading QUALITY SHARES</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>158,686</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,654</x:t>
-[...269 lines deleted...]
-          <x:t>157,583</x:t>
+          <x:t>154,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>