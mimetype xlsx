--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54a277811ebf4ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redb51636e5f54301" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f7f87d39b64dac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6ad01cccdf0400b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f02c89bede4152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f7f87d39b64dac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e334f048624973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6ad01cccdf0400b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>185,848</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,469</x:t>
-[...146 lines deleted...]
-          <x:t>181,841</x:t>
+          <x:t>182,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,315</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...251 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,860</x:t>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>