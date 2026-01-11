--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redb51636e5f54301" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc32bfb4fccb14702" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6ad01cccdf0400b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R398e4e4654824fbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e334f048624973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6ad01cccdf0400b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52a41a2227084b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R398e4e4654824fbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>186,304</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>