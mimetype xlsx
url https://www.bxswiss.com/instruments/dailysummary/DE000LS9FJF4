--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1061a1c7e5f748f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01ed2658775e4b58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cb7a69ee5fe46d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ae1119d1d6b461d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e985ce49be64da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cb7a69ee5fe46d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3191cd039bd34284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ae1119d1d6b461d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Umsatzentwicklung 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>330,696</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>330,079</x:t>
-[...286 lines deleted...]
-          <x:t>328,767</x:t>
+          <x:t>329,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>328,558</x:t>
-[...323 lines deleted...]
-          <x:t>328,965</x:t>
+          <x:t>327,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>