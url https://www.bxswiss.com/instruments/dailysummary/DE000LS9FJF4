--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01ed2658775e4b58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74a8e38d6b034ee2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ae1119d1d6b461d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0d15f604f934133"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3191cd039bd34284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ae1119d1d6b461d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R526d2f2652834cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0d15f604f934133" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Umsatzentwicklung 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>