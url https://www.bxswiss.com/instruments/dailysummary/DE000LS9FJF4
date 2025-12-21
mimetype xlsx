--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74a8e38d6b034ee2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re04d60726bea462e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0d15f604f934133"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96cc4c097bd04458"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R526d2f2652834cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0d15f604f934133" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf2a92152c94cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96cc4c097bd04458" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Umsatzentwicklung 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...463 lines deleted...]
-          <x:t>327,412</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>327,385</x:t>
-[...166 lines deleted...]
-          <x:t>325,032</x:t>
+          <x:t>328,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>