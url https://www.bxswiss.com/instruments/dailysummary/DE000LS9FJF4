--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re04d60726bea462e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a287ce1855b4ec7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96cc4c097bd04458"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffc9173e26a04b83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf2a92152c94cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96cc4c097bd04458" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1043b567ca814eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffc9173e26a04b83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Umsatzentwicklung 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>328,180</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,302</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...312 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,458</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>