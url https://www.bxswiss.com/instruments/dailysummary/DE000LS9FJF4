--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a287ce1855b4ec7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90a751b3aca9413e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffc9173e26a04b83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1cf3d5f2c8e4a09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1043b567ca814eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffc9173e26a04b83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50159bd1283b42b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1cf3d5f2c8e4a09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Umsatzentwicklung 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>