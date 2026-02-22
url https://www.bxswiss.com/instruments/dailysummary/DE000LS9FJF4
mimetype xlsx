--- v5 (2026-01-12)
+++ v6 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90a751b3aca9413e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7bde5e8107d4424" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1cf3d5f2c8e4a09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d09bc32e55e4657"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50159bd1283b42b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1cf3d5f2c8e4a09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4dc556a9104222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d09bc32e55e4657" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Umsatzentwicklung 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>327,576</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>