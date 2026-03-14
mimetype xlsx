--- v6 (2026-02-22)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7bde5e8107d4424" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9bd54c683f487b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d09bc32e55e4657"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R124913e63fc3454d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4dc556a9104222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d09bc32e55e4657" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d4596bfd704481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R124913e63fc3454d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Umsatzentwicklung 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>322,157</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>321,860</x:t>
-[...296 lines deleted...]
-          <x:t>320,281</x:t>
+          <x:t>320,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>