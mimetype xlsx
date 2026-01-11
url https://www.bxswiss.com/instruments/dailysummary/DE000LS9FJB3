--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8326363a0a5145b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9f6a945bb824660" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b5a51cf528f43e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71c7a4dc737642e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R655c841103bc4cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b5a51cf528f43e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R672fc711d3b84ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71c7a4dc737642e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ST Trendfolge Aktien USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>373,855</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>