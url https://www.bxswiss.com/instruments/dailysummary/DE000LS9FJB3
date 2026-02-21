--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9f6a945bb824660" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e5fb94edc2485c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71c7a4dc737642e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fa21681ee0143ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R672fc711d3b84ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71c7a4dc737642e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R484842ff5fe648cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fa21681ee0143ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ST Trendfolge Aktien USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>353,419</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>