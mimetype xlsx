--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e5fb94edc2485c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d0838b7104a4cac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fa21681ee0143ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9f5e21105eb4e4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R484842ff5fe648cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fa21681ee0143ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R556bb07f8f994d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9f5e21105eb4e4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ST Trendfolge Aktien USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>