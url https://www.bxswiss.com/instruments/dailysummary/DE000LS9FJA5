--- v0 (2025-11-14)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra126adf2cb8b4c70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf620979b46504697" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb957800cd6f244cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23c03d96a9be4cf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45fd4786cd234583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb957800cd6f244cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb9d29e6a96f4e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23c03d96a9be4cf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BasicNeeds</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>439,755</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>