--- v1 (2025-12-27)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf620979b46504697" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a3700d5e93a4aed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23c03d96a9be4cf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0617b089910420d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb9d29e6a96f4e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23c03d96a9be4cf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R967e811e24724690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0617b089910420d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BasicNeeds</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,061</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>445,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>441,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>