--- v2 (2026-01-16)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a3700d5e93a4aed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa2a0478a3784e2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0617b089910420d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f44fa02d5f04a67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R967e811e24724690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0617b089910420d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff02f2b72484add" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f44fa02d5f04a67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BasicNeeds</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>434,927</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>