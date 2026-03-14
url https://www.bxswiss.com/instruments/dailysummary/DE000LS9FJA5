--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa2a0478a3784e2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6957bda56fd433e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f44fa02d5f04a67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R318ceba064b44857"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff02f2b72484add" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f44fa02d5f04a67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re66fce41eb214754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R318ceba064b44857" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BasicNeeds</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FJA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,274</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>