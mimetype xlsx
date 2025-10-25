--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c7d4bdf08764533" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raff02c4e471f461b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5599bbffc9a2477e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e066617b4df4477"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d2727faa1c8472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5599bbffc9a2477e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61827e5dcef4961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e066617b4df4477" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FHM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>216,846</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>216,321</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>216,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,791</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>