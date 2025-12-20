--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raff02c4e471f461b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd825c586f6014af0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e066617b4df4477"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1079d4e253c45b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61827e5dcef4961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e066617b4df4477" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af98aece26044ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1079d4e253c45b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FHM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>214,756</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>