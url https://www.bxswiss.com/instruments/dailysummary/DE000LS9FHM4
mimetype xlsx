--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd825c586f6014af0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5aebb66cd584a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1079d4e253c45b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99b3b2fdcda44889"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af98aece26044ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1079d4e253c45b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d46d2a3ddf548d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99b3b2fdcda44889" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FHM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,547</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>