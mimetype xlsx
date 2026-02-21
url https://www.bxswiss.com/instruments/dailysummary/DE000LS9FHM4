--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5aebb66cd584a70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87eedc7e4d384e5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99b3b2fdcda44889"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5938cae11d2a444d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d46d2a3ddf548d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99b3b2fdcda44889" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb5bb4f676d24563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5938cae11d2a444d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FHM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>207,012</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>