--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87eedc7e4d384e5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56df9b8c86a24d9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5938cae11d2a444d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae5d53e7e81448a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb5bb4f676d24563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5938cae11d2a444d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0f231f3678f456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae5d53e7e81448a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FHM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>191,124</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,903</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>05.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,399</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>187,697</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>