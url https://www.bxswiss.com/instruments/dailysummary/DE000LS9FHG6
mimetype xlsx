--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde426f0186c64309" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358daa710a024431" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eb33ea5ec594964"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba219ad44f2a4bec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6f64930466f475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eb33ea5ec594964" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9a7871867374477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba219ad44f2a4bec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Changes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FHG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>