--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358daa710a024431" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e05a2d683ee4c9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba219ad44f2a4bec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b675241fe3c447a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9a7871867374477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba219ad44f2a4bec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R893a59e7ffa74d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b675241fe3c447a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Changes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FHG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>281,657</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>