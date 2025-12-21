--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e05a2d683ee4c9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb018427b7594547" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b675241fe3c447a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R598011ac36e04f9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R893a59e7ffa74d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b675241fe3c447a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0214e56e2934aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R598011ac36e04f9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Changes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FHG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>