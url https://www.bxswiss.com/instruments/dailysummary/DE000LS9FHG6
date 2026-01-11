--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb018427b7594547" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb783f220e9394c25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R598011ac36e04f9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf81517785b264077"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0214e56e2934aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R598011ac36e04f9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R621eacffdd614462" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf81517785b264077" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Changes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FHG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>