--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb783f220e9394c25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R477057e6239f4af4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf81517785b264077"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5fe8e40283f4adf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R621eacffdd614462" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf81517785b264077" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb9958a8cb6747a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5fe8e40283f4adf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Changes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FHG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>257,843</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>