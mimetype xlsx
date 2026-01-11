--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R248b555c898d4b80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc130cebb53394a13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea3593bb0b16401d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9afd3f40d512428e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f76d44d630d4fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea3593bb0b16401d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06cd62b543d943a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9afd3f40d512428e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top US Werte 2015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FGN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>190,007</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>