--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc130cebb53394a13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree27bd44de354ffb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9afd3f40d512428e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59ff8bdbb12a415e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06cd62b543d943a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9afd3f40d512428e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R546aadbfcc2946a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59ff8bdbb12a415e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top US Werte 2015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FGN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>204,176</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>