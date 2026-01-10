--- v0 (2025-10-03)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R650b96067e784e24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1497b7c74014975" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc5fdff1c49c4832"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R236d1a7c560e4fea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe4af91d54fe420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc5fdff1c49c4832" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b16e813cf9e482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R236d1a7c560e4fea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Passiv Momentum 12M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FGK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>363,081</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>