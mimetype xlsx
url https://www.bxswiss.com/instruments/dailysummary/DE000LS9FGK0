--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1497b7c74014975" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bdcb8a7c4c84776" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R236d1a7c560e4fea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81cb9de5a19649f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b16e813cf9e482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R236d1a7c560e4fea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf79a48b2ca1f4067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81cb9de5a19649f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Passiv Momentum 12M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FGK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>371,522</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>