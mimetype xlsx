--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bdcb8a7c4c84776" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e2eb93d327d4e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81cb9de5a19649f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R543b02774ea64780"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf79a48b2ca1f4067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81cb9de5a19649f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc697ea8454c34fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R543b02774ea64780" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Passiv Momentum 12M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FGK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>