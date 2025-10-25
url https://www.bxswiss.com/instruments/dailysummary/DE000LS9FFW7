--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf26b9767cfe0450f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97e87cec2a9a4b4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fff49a1b75243ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ce6087d9b94616"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea6a9b7cdcc24e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fff49a1b75243ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87125b3880c1499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ce6087d9b94616" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substantielles Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FFW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>