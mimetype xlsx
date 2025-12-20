--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97e87cec2a9a4b4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R967249d3ebf2410d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ce6087d9b94616"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb450ba3a4d284ba4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87125b3880c1499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ce6087d9b94616" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4cf4944b664d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb450ba3a4d284ba4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substantielles Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FFW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>177,425</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>