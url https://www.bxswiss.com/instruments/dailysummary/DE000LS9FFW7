--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R967249d3ebf2410d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2d81bd463d34f00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb450ba3a4d284ba4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0461f25e766a48ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4cf4944b664d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb450ba3a4d284ba4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra99a0dffb31a4311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0461f25e766a48ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substantielles Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FFW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>194,112</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,933</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>