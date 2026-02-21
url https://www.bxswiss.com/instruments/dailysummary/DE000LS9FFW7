--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2d81bd463d34f00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R762acf87918041e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0461f25e766a48ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R705062cb816749e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra99a0dffb31a4311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0461f25e766a48ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccae5baa230c401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R705062cb816749e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substantielles Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FFW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>196,103</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>