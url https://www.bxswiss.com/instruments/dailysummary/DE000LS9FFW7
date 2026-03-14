--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R762acf87918041e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18fbd46de5f94492" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R705062cb816749e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae1ce6c72ce04ac6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccae5baa230c401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R705062cb816749e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f293717148042e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae1ce6c72ce04ac6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substantielles Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FFW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>