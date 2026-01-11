--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f0788910759413b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4892b396aaf14167" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a7da328e985473d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5476cf158624b79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra454a44b5fb74960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a7da328e985473d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reebc2b1a50eb4a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5476cf158624b79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internet Dynamik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FFR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>217,817</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,379</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>222,944</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>