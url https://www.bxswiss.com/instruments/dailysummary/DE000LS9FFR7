--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4892b396aaf14167" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce65e5ae3134ada" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5476cf158624b79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a5aaa6b8ee346ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reebc2b1a50eb4a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5476cf158624b79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eb25fd25c9b40cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a5aaa6b8ee346ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internet Dynamik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FFR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>