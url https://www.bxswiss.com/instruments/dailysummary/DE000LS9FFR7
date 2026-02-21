--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce65e5ae3134ada" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf95a6a7d67af4c77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a5aaa6b8ee346ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ef58d0bcab24b9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eb25fd25c9b40cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a5aaa6b8ee346ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31f7de138384487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ef58d0bcab24b9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internet Dynamik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FFR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>221,869</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>