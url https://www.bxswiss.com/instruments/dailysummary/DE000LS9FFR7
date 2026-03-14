--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf95a6a7d67af4c77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R800cff6228dd463e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ef58d0bcab24b9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2991c5bdd4094855"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31f7de138384487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ef58d0bcab24b9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7bd1d0013864db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2991c5bdd4094855" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internet Dynamik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FFR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>