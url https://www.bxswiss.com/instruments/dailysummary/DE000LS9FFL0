--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd326bd41d4dd4d13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d740d269b584735" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbb274ebdfde4722"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a19b7422dc54820"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d9b86e3e9ad4e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbb274ebdfde4722" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceee745486364736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a19b7422dc54820" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Top Aktien aus Amerika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FFL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>114,116</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,243</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>114,469</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,435</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>114,351</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>