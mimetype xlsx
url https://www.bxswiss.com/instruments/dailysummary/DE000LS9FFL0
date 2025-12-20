--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d740d269b584735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc0b8761b3fe45ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a19b7422dc54820"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R119da5427b06436d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceee745486364736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a19b7422dc54820" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree39a139e21143da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R119da5427b06436d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Top Aktien aus Amerika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FFL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,574</x:t>
-[...70 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>114,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,725</x:t>
-[...522 lines deleted...]
-          <x:t>113,250</x:t>
+          <x:t>114,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,933</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>