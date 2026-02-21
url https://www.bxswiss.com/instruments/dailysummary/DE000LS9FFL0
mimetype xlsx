--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc0b8761b3fe45ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64445f27ad504d4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R119da5427b06436d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20445cefbbfa41b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree39a139e21143da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R119da5427b06436d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6659ad731f14ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20445cefbbfa41b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Top Aktien aus Amerika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FFL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>113,933</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>