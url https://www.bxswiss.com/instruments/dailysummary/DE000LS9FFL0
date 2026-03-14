--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64445f27ad504d4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff1d4d493a974600" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20445cefbbfa41b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb013850cdfef4623"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6659ad731f14ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20445cefbbfa41b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb346d872bba4021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb013850cdfef4623" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Top Aktien aus Amerika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FFL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>