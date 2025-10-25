--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbdf8d1a50244316" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9475026d3c154e44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca7cbd82daaa4fe6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7735669ad264a8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a2b3426f46042f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca7cbd82daaa4fe6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad967407232544c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7735669ad264a8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Todsünden Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FEY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>143,588</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,974</x:t>
-[...381 lines deleted...]
-        <x:is>
           <x:t>144,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>