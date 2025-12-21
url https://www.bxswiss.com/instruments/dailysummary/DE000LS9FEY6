--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9475026d3c154e44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14d151b916744a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7735669ad264a8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c724cf96ebe453e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad967407232544c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7735669ad264a8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R299cce83f16c45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c724cf96ebe453e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Todsünden Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FEY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>140,117</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,398</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>140,459</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>