--- v2 (2025-12-21)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14d151b916744a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8af361a4be7246d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c724cf96ebe453e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18987b9cc7d54512"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R299cce83f16c45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c724cf96ebe453e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43761487a2ed4776" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18987b9cc7d54512" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Todsünden Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FEY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>138,443</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>