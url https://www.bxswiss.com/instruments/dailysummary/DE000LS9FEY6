--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8af361a4be7246d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd701cb2e7ac417d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18987b9cc7d54512"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f3dd122fb524d86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43761487a2ed4776" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18987b9cc7d54512" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0857f380d224289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f3dd122fb524d86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Todsünden Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FEY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>