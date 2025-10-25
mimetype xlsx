--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra970b4e5d8804c2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24a9314207ba4ffb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0208f080d2ef41dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc06878b861454b20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bd268df6d854e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0208f080d2ef41dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb3de876404442a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc06878b861454b20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uptrending High Quality Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FER0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,383</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>