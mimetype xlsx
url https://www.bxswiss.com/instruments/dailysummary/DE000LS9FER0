--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24a9314207ba4ffb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7f6b088d564f12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc06878b861454b20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbe18f0f82354dfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb3de876404442a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc06878b861454b20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63bdf5234abc4155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbe18f0f82354dfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uptrending High Quality Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FER0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>146,129</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>