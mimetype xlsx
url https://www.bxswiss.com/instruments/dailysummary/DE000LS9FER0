--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7f6b088d564f12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a550e076e6147f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbe18f0f82354dfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4c7ea1476cb4e5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63bdf5234abc4155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbe18f0f82354dfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f89209985ca4d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4c7ea1476cb4e5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uptrending High Quality Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FER0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>136,035</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>