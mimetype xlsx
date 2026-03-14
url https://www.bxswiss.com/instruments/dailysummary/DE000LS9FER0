--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a550e076e6147f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfef663562cea4dbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4c7ea1476cb4e5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redce171fddd74729"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f89209985ca4d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4c7ea1476cb4e5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0cdb87758f74dd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redce171fddd74729" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uptrending High Quality Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FER0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>121,333</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,428</x:t>
-[...247 lines deleted...]
-          <x:t>117,021</x:t>
+          <x:t>121,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>