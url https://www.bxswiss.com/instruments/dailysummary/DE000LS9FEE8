--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae0005a0035421e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34f2dd67dc12463a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e78d3bfa03f4ac0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5da45ccb66e449ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55b3e545424748e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e78d3bfa03f4ac0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4235a69179f54055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5da45ccb66e449ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovationsperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FEE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>