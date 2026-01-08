--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34f2dd67dc12463a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1798df940b44102" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5da45ccb66e449ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4ba47a000e24d31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4235a69179f54055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5da45ccb66e449ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84c1573975be491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4ba47a000e24d31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovationsperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FEE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,216</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>