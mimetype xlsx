--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1798df940b44102" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5976a5d7a9e84c63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4ba47a000e24d31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R795c6a3bc9c24370"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84c1573975be491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4ba47a000e24d31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabd2658044444806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R795c6a3bc9c24370" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovationsperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FEE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>103,570</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>105,214</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>