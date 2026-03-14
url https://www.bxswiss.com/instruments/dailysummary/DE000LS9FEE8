--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5976a5d7a9e84c63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R861ab7b502904dd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R795c6a3bc9c24370"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R005aaef1f57249c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabd2658044444806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R795c6a3bc9c24370" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9781ad85cc7541f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R005aaef1f57249c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovationsperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FEE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>106,076</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,032</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>106,011</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>