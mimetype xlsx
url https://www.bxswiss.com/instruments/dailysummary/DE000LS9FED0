--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65878a85a3ad42ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3edb0267be504542" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99540671ae4247c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R074e08da65ba4dc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2238340925864b19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99540671ae4247c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e6b7dd9029d4d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R074e08da65ba4dc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FED0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>246,574</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,179</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>250,547</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>