--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3edb0267be504542" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48548c8c52124545" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R074e08da65ba4dc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb2de72dec9e45d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e6b7dd9029d4d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R074e08da65ba4dc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R079416dfcf514909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb2de72dec9e45d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FED0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>249,287</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>248,623</x:t>
-[...242 lines deleted...]
-          <x:t>248,662</x:t>
+          <x:t>250,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>