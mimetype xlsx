--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48548c8c52124545" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4feb1af6bbc54020" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb2de72dec9e45d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raafe8e9df1624e55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R079416dfcf514909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb2de72dec9e45d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c02e97fb3a417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raafe8e9df1624e55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FED0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,193</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>