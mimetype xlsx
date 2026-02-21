--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4feb1af6bbc54020" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3efed6512bc4409" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raafe8e9df1624e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d1f423d78784fc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c02e97fb3a417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raafe8e9df1624e55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9555c86aa3754408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d1f423d78784fc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FED0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>264,412</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>