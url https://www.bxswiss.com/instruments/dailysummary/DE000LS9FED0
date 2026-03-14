--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3efed6512bc4409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2501bf4d5f1645a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d1f423d78784fc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47d6de4ecb74452f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9555c86aa3754408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d1f423d78784fc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce0d928add9248dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47d6de4ecb74452f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FED0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,552</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>