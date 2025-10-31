--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2e1a89765dc4782" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R973eeacfcb9d49f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5237090fe0c6433d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f02e0d576664ecf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ed3b1045f8e423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5237090fe0c6433d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33626f68702d4bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f02e0d576664ecf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Aktien Lehne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FDY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...441 lines deleted...]
-          <x:t>163,855</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,082</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>164,239</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>