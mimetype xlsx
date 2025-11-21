--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R973eeacfcb9d49f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re75eb0cd45c34885" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f02e0d576664ecf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe110fdd82a743a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33626f68702d4bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f02e0d576664ecf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref526fd896764d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe110fdd82a743a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Aktien Lehne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FDY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>