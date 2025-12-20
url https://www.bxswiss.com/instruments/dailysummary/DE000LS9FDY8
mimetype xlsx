--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re75eb0cd45c34885" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4606989434e8498b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe110fdd82a743a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5085cfda9c914db3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref526fd896764d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe110fdd82a743a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R549c1d8b33b24ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5085cfda9c914db3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Aktien Lehne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FDY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>169,817</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>169,749</x:t>
-[...301 lines deleted...]
-          <x:t>169,366</x:t>
+          <x:t>172,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>