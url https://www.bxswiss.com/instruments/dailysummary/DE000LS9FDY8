--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4606989434e8498b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0550dd8375a04e1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5085cfda9c914db3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f1ead40b9ea471f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R549c1d8b33b24ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5085cfda9c914db3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb06c2a3b3093472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f1ead40b9ea471f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Aktien Lehne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FDY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>