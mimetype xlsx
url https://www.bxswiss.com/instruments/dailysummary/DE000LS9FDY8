--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0550dd8375a04e1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd40eda2b20254bb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f1ead40b9ea471f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd02b38c49cf84b8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb06c2a3b3093472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f1ead40b9ea471f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57cb6970bb174468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd02b38c49cf84b8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Aktien Lehne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FDY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>181,651</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>