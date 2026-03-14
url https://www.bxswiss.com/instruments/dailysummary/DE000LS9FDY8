--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd40eda2b20254bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4bddf024e62440e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd02b38c49cf84b8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22fcfd2b36014753"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57cb6970bb174468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd02b38c49cf84b8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R196d9660592d4504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22fcfd2b36014753" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Aktien Lehne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FDY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,616</x:t>
-[...468 lines deleted...]
-          <x:t>188,949</x:t>
+          <x:t>187,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>