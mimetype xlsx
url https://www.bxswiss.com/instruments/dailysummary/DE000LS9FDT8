--- v0 (2025-10-03)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eb4f8569b6d46cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R862ece8bb2a2452c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R182f12e951f042d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R933d3c3d50104d2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06b6301d84834fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R182f12e951f042d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c2cba5f955b409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R933d3c3d50104d2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HB High Potentials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FDT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>261,736</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>