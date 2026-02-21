--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R862ece8bb2a2452c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red385e7137254c8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R933d3c3d50104d2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc684a16efad44d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c2cba5f955b409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R933d3c3d50104d2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8d34f9ce0894bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc684a16efad44d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HB High Potentials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FDT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...414 lines deleted...]
-          <x:t>275,474</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>272,947</x:t>
-[...26 lines deleted...]
-          <x:t>275,430</x:t>
+          <x:t>273,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>