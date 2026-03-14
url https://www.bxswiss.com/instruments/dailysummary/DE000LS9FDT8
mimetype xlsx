--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red385e7137254c8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf14d553fc64f73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc684a16efad44d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dfe37cd572e4679"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8d34f9ce0894bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc684a16efad44d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d7dd2be55864a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dfe37cd572e4679" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HB High Potentials</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FDT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>