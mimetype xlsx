--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c46fe25dd24d00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb57a0f1c7a8f4f8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa00b1f912b749ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc20d9f59f15f4184"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ebe9d6cb7124d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa00b1f912b749ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d40c59d21fa40f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc20d9f59f15f4184" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Acquisition Targets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FCN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,357</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>