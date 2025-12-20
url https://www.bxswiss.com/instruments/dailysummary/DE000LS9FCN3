--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb57a0f1c7a8f4f8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0087dd285a8d4e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc20d9f59f15f4184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R593c45414be24b1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d40c59d21fa40f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc20d9f59f15f4184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb123f54ab1416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R593c45414be24b1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Acquisition Targets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FCN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>87,032</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>