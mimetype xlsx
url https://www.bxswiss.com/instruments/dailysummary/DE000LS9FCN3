--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0087dd285a8d4e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R019f7501d1cd4c4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R593c45414be24b1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref0d3ac6d9044094"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb123f54ab1416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R593c45414be24b1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d32d92890274f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref0d3ac6d9044094" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Acquisition Targets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FCN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>