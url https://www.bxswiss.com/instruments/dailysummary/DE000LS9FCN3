--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R019f7501d1cd4c4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0e192642d24223" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref0d3ac6d9044094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb91e77b55fe343b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d32d92890274f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref0d3ac6d9044094" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a7ca7d39f3c4078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb91e77b55fe343b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Acquisition Targets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FCN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>91,287</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>