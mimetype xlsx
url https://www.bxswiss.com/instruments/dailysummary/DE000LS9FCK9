--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf44c949434a449d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905010ecea864790" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e226fc11b194500"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38d6741886e04986"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf8cc3b5c73e4d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e226fc11b194500" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff988533c3444f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38d6741886e04986" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendaktienwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FCK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>