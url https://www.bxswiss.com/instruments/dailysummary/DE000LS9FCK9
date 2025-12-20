--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905010ecea864790" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4488dbce3adf4f89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38d6741886e04986"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R150578e265b34d0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff988533c3444f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38d6741886e04986" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e406ca7c2004cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R150578e265b34d0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendaktienwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FCK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>262,376</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>