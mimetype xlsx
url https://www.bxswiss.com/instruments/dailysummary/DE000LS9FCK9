--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4488dbce3adf4f89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76e25d964ec74b7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R150578e265b34d0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2a882f279eb4303"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e406ca7c2004cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R150578e265b34d0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5df7ecb2da9b46a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2a882f279eb4303" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendaktienwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FCK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>