--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76e25d964ec74b7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1437f01ed33d43a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2a882f279eb4303"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a9cfe3f890240e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5df7ecb2da9b46a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2a882f279eb4303" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R905228c5155940e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a9cfe3f890240e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendaktienwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FCK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>274,079</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>