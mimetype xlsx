--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1437f01ed33d43a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R962dd14101524de8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a9cfe3f890240e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d6f6edcc3204db4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R905228c5155940e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a9cfe3f890240e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4316885848d04a70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d6f6edcc3204db4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendaktienwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FCK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,576 +149,171 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>276,015</x:t>
-[...220 lines deleted...]
-          <x:t>272,795</x:t>
+          <x:t>276,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,837</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...204 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,813</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,677</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>