--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re55694c9c79743f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87583f2d08404018" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R342a7e0408634186"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29d519c0433b4251"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5adaf9423aa34465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R342a7e0408634186" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf68a971bb42a4b49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29d519c0433b4251" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Liquidität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>