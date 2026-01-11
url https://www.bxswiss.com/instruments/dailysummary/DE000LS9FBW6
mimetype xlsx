--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87583f2d08404018" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b7782f4fb84bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29d519c0433b4251"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02ed82937f3b4854"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf68a971bb42a4b49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29d519c0433b4251" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd83344807c254ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02ed82937f3b4854" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Liquidität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>397,600</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>