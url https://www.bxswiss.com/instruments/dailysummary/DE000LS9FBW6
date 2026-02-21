--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b7782f4fb84bc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bbc0ce1271d4d12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02ed82937f3b4854"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c92a3b4a8124a28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd83344807c254ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02ed82937f3b4854" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6a38c105db34489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c92a3b4a8124a28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Liquidität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>389,654</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>