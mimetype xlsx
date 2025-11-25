--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c467a6e31d84556" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R075713abdb2a4bb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5adf7771f9574d31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50e4e236bbf146d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9939333de8004890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5adf7771f9574d31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d0ce7046a024ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50e4e236bbf146d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zugwinde</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>116,139</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,769</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>118,420</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>