--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R075713abdb2a4bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6262198e345147ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50e4e236bbf146d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd1b601464974cbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d0ce7046a024ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50e4e236bbf146d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27dd01fcb4e541f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd1b601464974cbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zugwinde</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...117 lines deleted...]
-          <x:t>114,305</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,136</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>107,806</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>