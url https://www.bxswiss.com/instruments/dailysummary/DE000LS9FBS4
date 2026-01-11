--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6262198e345147ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re528f115d4a14bd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd1b601464974cbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R635e11f067b54242"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27dd01fcb4e541f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd1b601464974cbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0960ad3611b4809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R635e11f067b54242" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zugwinde</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,586</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>