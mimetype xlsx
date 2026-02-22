--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re528f115d4a14bd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf67df10fcd5442d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R635e11f067b54242"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d044019f7a64fa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0960ad3611b4809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R635e11f067b54242" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3de72299275c4096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d044019f7a64fa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zugwinde</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>107,972</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.12.2025</x:t>
-[...235 lines deleted...]
-          <x:t>115,187</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>