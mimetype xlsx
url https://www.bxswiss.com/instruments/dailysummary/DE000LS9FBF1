--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3050a167cf2744fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra52f4471a6454ee5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41b8d1a34be24249"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R726d11ed8ce74463"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89223d86bf1c42c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41b8d1a34be24249" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bd066aef7d647d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R726d11ed8ce74463" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PREVIOUS YEAR'S WINNER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>6,326</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,218</x:t>
-[...183 lines deleted...]
-          <x:t>6,020</x:t>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,052</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>6,136</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,044</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,061</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>6,090</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>6,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>