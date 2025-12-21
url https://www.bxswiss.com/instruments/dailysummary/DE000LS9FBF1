--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra52f4471a6454ee5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c19a86a69c4ea3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R726d11ed8ce74463"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2d50d4e23c04532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bd066aef7d647d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R726d11ed8ce74463" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e377c80151f4765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2d50d4e23c04532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PREVIOUS YEAR'S WINNER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>5,961</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,968</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>5,926</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,904</x:t>
-[...490 lines deleted...]
-          <x:t>6,060</x:t>
+          <x:t>5,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>