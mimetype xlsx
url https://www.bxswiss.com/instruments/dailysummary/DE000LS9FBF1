--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c19a86a69c4ea3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R777b94b4061f4982" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2d50d4e23c04532"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd639540d6fd34dfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e377c80151f4765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2d50d4e23c04532" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79a3ecee12c74fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd639540d6fd34dfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PREVIOUS YEAR'S WINNER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>5,749</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,714</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>5,803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,914</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>