--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R777b94b4061f4982" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5587b8d4d9c24763" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd639540d6fd34dfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07f48ed5b38a4ad3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79a3ecee12c74fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd639540d6fd34dfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd49cfb570c549d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07f48ed5b38a4ad3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PREVIOUS YEAR'S WINNER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>6,118</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>