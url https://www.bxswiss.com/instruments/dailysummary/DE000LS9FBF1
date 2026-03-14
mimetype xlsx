--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5587b8d4d9c24763" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7404409bf8aa4926" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07f48ed5b38a4ad3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd07d1b851c414115"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd49cfb570c549d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07f48ed5b38a4ad3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red93e177dafe4c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd07d1b851c414115" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PREVIOUS YEAR'S WINNER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>5,494</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,406</x:t>
-[...6 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,320</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>5,297</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,137</x:t>
-[...134 lines deleted...]
-          <x:t>5,212</x:t>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>