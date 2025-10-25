--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5a18e1bdb384161" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b5937eedd44cb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7b37557f7d74eeb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc198f6abe15c48ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R351436dabd3f418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7b37557f7d74eeb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c51c2f172b4137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc198f6abe15c48ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Verteidigung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,371</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>