--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b5937eedd44cb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R387c6221371642ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc198f6abe15c48ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43ed5618a7104b77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c51c2f172b4137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc198f6abe15c48ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5fe0b1e820b4e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43ed5618a7104b77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Verteidigung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>294,885</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>