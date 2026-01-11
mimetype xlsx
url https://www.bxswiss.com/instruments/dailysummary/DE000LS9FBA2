--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R387c6221371642ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7426fc4b72ce4c5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43ed5618a7104b77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9783f930dec642a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5fe0b1e820b4e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43ed5618a7104b77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8995ad33e89f4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9783f930dec642a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Verteidigung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>