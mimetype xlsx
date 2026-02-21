--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7426fc4b72ce4c5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa32804e1064438" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9783f930dec642a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58ed7ce7c2f64454"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8995ad33e89f4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9783f930dec642a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc17f2093cdd84180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58ed7ce7c2f64454" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Verteidigung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>311,466</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>