--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa32804e1064438" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dbb280ce1fd4627" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58ed7ce7c2f64454"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb33b1d887824964"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc17f2093cdd84180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58ed7ce7c2f64454" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76317244d3834d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb33b1d887824964" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Verteidigung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FBA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>