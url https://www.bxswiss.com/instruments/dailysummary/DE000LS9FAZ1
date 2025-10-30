--- v0 (2025-10-05)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa02d001e04c48c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb53a2c40d3414eb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65378466cd6544f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d129093401d4a68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda285263881446f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65378466cd6544f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e90a850bfa4a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d129093401d4a68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleinanleger-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>