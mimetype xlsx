--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb53a2c40d3414eb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85d88b6f91704ab1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d129093401d4a68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7d8cb1800d041f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e90a850bfa4a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d129093401d4a68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebec59b57ea347be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7d8cb1800d041f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleinanleger-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,017</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>