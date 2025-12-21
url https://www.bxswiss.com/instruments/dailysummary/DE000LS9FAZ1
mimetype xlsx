--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85d88b6f91704ab1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d40a96132bd4ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7d8cb1800d041f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62b1ed4dbf7b43cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebec59b57ea347be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7d8cb1800d041f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fb25626f25d4bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62b1ed4dbf7b43cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleinanleger-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,433</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>