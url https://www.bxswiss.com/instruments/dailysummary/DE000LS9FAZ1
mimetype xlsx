--- v3 (2025-12-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d40a96132bd4ba7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e7e895f6384c11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62b1ed4dbf7b43cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc618e9a681f34dac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fb25626f25d4bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62b1ed4dbf7b43cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9fc29bd43854268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc618e9a681f34dac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleinanleger-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>211,391</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>