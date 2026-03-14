--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e7e895f6384c11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8393ded6ac1d4c9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc618e9a681f34dac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff1c176629864a94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9fc29bd43854268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc618e9a681f34dac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd82cc317e1604047" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff1c176629864a94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleinanleger-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>