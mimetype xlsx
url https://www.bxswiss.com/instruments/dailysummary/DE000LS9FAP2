--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re975789790c24a10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d2579773848454c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab609c87d1e64d85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re44a965086dc438f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc826ddb3eb384c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab609c87d1e64d85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ecb932c065544e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re44a965086dc438f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Aktien US / EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>474,854</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>