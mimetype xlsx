--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d2579773848454c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa5a6977304b49ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re44a965086dc438f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861bef84ca13427e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ecb932c065544e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re44a965086dc438f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13511f062af64896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861bef84ca13427e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Aktien US / EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>470,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>471,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>461,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>448,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>456,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>454,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>