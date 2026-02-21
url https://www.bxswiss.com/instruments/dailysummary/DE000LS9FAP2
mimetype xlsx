--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa5a6977304b49ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37a969890e094326" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861bef84ca13427e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42825fa81238453c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13511f062af64896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861bef84ca13427e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4068fc7976466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42825fa81238453c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Aktien US / EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>470,286</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>