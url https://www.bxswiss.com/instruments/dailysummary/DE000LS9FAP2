--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37a969890e094326" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e9965acf0d4392" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42825fa81238453c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1abd78e6f39d47e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4068fc7976466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42825fa81238453c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba8bbcd00ce84d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1abd78e6f39d47e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Aktien US / EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>441,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>