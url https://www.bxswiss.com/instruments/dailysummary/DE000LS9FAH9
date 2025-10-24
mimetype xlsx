--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc493e71bee30450e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71596ff70b86463e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e465e874e0241be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d4e6c26e414ee9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a3d1e9dd2fc4464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e465e874e0241be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78b569e85f4a440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d4e6c26e414ee9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Darvas System Top Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>121,018</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,106</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>121,097</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,061</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>120,972</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>121,113</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>