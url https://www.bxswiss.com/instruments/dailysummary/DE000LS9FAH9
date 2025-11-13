--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71596ff70b86463e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76a6a173ca2c479e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d4e6c26e414ee9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49645bf2818b4c86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78b569e85f4a440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d4e6c26e414ee9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75c83da918824d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49645bf2818b4c86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Darvas System Top Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>