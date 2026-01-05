--- v2 (2025-11-13)
+++ v3 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76a6a173ca2c479e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafe9b743caee4abb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49645bf2818b4c86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7daf45c2122d42c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75c83da918824d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49645bf2818b4c86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2313220452b74348" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7daf45c2122d42c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Darvas System Top Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...414 lines deleted...]
-          <x:t>120,550</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>119,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>