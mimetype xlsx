--- v3 (2026-01-05)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafe9b743caee4abb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8e40db807914ccb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7daf45c2122d42c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58285a3b9de3430c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2313220452b74348" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7daf45c2122d42c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11d14661a8884c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58285a3b9de3430c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Darvas System Top Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>120,114</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>