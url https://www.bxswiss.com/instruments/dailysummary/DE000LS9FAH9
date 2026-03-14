--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8e40db807914ccb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d328c5ca4e84121" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58285a3b9de3430c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09b61ff8f9a14d81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11d14661a8884c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58285a3b9de3430c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08546fe09a424a7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09b61ff8f9a14d81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Darvas System Top Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>