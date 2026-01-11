--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f07bc3149954eef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9133c3c9a1148ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb350fd224e6d4743"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R923aab1d0e1b48f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9348254052694110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb350fd224e6d4743" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R616eeaf4365d428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R923aab1d0e1b48f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KONSUM WELTWEIT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>133,781</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,073</x:t>
-[...215 lines deleted...]
-          <x:t>134,392</x:t>
+          <x:t>133,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>