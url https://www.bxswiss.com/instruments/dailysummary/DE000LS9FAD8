--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9133c3c9a1148ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f608b2631443fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R923aab1d0e1b48f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc372d24f93684d1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R616eeaf4365d428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R923aab1d0e1b48f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re938004b3fbe4649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc372d24f93684d1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KONSUM WELTWEIT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>132,829</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>