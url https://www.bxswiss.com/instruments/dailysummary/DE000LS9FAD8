--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f608b2631443fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d3ea5a659414c55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc372d24f93684d1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R115497d28d574411"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re938004b3fbe4649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc372d24f93684d1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf77b66691c3145bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R115497d28d574411" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KONSUM WELTWEIT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FAD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>